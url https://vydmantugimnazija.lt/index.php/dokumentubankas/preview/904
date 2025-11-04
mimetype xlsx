--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -8,66 +8,66 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7705DFC4-321D-45CC-BD3D-77A4F9D2CF34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4D04D6D-C70D-419C-A1AB-8CF30967160D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15510" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tvarkarastis-1" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Tvarkarastis-2" sheetId="4" r:id="rId2"/>
     <sheet name="Lapas1" sheetId="2" r:id="rId3"/>
     <sheet name="Lapas2" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="663" uniqueCount="161">
   <si>
     <t>Geografija</t>
   </si>
   <si>
     <t>ANTRADIENIS</t>
   </si>
   <si>
     <t>Žmogaus sauga</t>
   </si>
   <si>
     <t>Sigutė</t>
   </si>
   <si>
     <t>Petrošienė</t>
   </si>
   <si>
     <t>Chemija</t>
   </si>
   <si>
     <t>Lietuvių kalba</t>
   </si>
   <si>
     <t>Vilma</t>
   </si>
   <si>
@@ -484,57 +484,66 @@
   <si>
     <t>Simona Brazdeikienė</t>
   </si>
   <si>
     <t>Gyvenimo įgūdžiai</t>
   </si>
   <si>
     <t xml:space="preserve">Ramunė </t>
   </si>
   <si>
     <t>Violeta Lukošienė</t>
   </si>
   <si>
     <t>Kl. Val</t>
   </si>
   <si>
     <t>3Gk</t>
   </si>
   <si>
     <t>1Gk</t>
   </si>
   <si>
     <t>Kl. v/</t>
   </si>
   <si>
-    <t>Kretingos r. Vydmantų gimnazijos direktoriaus</t>
+    <t>kl.v</t>
+  </si>
+  <si>
+    <t>3G 4G</t>
+  </si>
+  <si>
+    <t>Kl. v</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5-8, 1G-4G KLASIŲ TVARKARAŠTIS   2025-2026 MOKSLO METAI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kretingos r. Vydmantų gimnazijos direktoriaus </t>
   </si>
   <si>
     <t>2025 m. rugsėjo 1 d. įsakymu Nr. V-82</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> 5-8, 1G-4G KLASIŲ TVARKARAŠTIS   2025-2026 MOKSLO METAI </t>
   </si>
   <si>
     <t>Vitalija Girgždė</t>
   </si>
   <si>
     <t>Technologijos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;Lt&quot;_-;\-* #,##0\ &quot;Lt&quot;_-;_-* &quot;-&quot;\ &quot;Lt&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0\ _L_t_-;\-* #,##0\ _L_t_-;_-* &quot;-&quot;\ _L_t_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00\ &quot;Lt&quot;_-;\-* #,##0.00\ &quot;Lt&quot;_-;_-* &quot;-&quot;??\ &quot;Lt&quot;_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0.00\ _L_t_-;\-* #,##0.00\ _L_t_-;_-* &quot;-&quot;??\ _L_t_-;_-@_-"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2027,163 +2036,163 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="57" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="42" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="66" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="72" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Comma" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma[0]" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency[0]" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
     <cellStyle name="Normal" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Percent" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Procentai" xfId="7" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -2601,423 +2610,423 @@
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
-      <c r="AL1" s="141" t="s">
+      <c r="AL1" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="AM1" s="142"/>
-[...5 lines deleted...]
-      <c r="AS1" s="142"/>
+      <c r="AM1" s="159"/>
+      <c r="AN1" s="159"/>
+      <c r="AO1" s="159"/>
+      <c r="AP1" s="159"/>
+      <c r="AQ1" s="159"/>
+      <c r="AR1" s="159"/>
+      <c r="AS1" s="159"/>
       <c r="AT1" s="4"/>
       <c r="AU1" s="4"/>
       <c r="AV1" s="4"/>
       <c r="AW1" s="4"/>
       <c r="AX1" s="4"/>
       <c r="AY1" s="4"/>
       <c r="AZ1" s="4"/>
       <c r="BA1" s="4"/>
       <c r="BB1" s="4"/>
       <c r="BC1" s="4"/>
     </row>
     <row r="2" spans="1:76" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="3"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
-      <c r="AL2" s="141" t="s">
+      <c r="AL2" s="158" t="s">
         <v>71</v>
       </c>
-      <c r="AM2" s="142"/>
-[...14 lines deleted...]
-      <c r="BB2" s="142"/>
+      <c r="AM2" s="159"/>
+      <c r="AN2" s="159"/>
+      <c r="AO2" s="159"/>
+      <c r="AP2" s="159"/>
+      <c r="AQ2" s="159"/>
+      <c r="AR2" s="159"/>
+      <c r="AS2" s="159"/>
+      <c r="AT2" s="159"/>
+      <c r="AU2" s="159"/>
+      <c r="AV2" s="159"/>
+      <c r="AW2" s="159"/>
+      <c r="AX2" s="159"/>
+      <c r="AY2" s="159"/>
+      <c r="AZ2" s="159"/>
+      <c r="BA2" s="159"/>
+      <c r="BB2" s="159"/>
     </row>
     <row r="3" spans="1:76" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="3"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
-      <c r="AL3" s="143" t="s">
+      <c r="AL3" s="160" t="s">
         <v>82</v>
       </c>
-      <c r="AM3" s="144"/>
-[...14 lines deleted...]
-      <c r="BB3" s="144"/>
+      <c r="AM3" s="161"/>
+      <c r="AN3" s="161"/>
+      <c r="AO3" s="161"/>
+      <c r="AP3" s="161"/>
+      <c r="AQ3" s="161"/>
+      <c r="AR3" s="161"/>
+      <c r="AS3" s="161"/>
+      <c r="AT3" s="161"/>
+      <c r="AU3" s="161"/>
+      <c r="AV3" s="161"/>
+      <c r="AW3" s="161"/>
+      <c r="AX3" s="161"/>
+      <c r="AY3" s="161"/>
+      <c r="AZ3" s="161"/>
+      <c r="BA3" s="161"/>
+      <c r="BB3" s="161"/>
     </row>
     <row r="4" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="3"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
-      <c r="AL4" s="163"/>
-[...1 lines deleted...]
-      <c r="AN4" s="164"/>
+      <c r="AL4" s="140"/>
+      <c r="AM4" s="141"/>
+      <c r="AN4" s="141"/>
     </row>
     <row r="5" spans="1:76" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="145" t="s">
+      <c r="A5" s="162" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="146"/>
-[...51 lines deleted...]
-      <c r="BB5" s="146"/>
+      <c r="B5" s="163"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="163"/>
+      <c r="L5" s="163"/>
+      <c r="M5" s="163"/>
+      <c r="N5" s="163"/>
+      <c r="O5" s="163"/>
+      <c r="P5" s="163"/>
+      <c r="Q5" s="163"/>
+      <c r="R5" s="163"/>
+      <c r="S5" s="163"/>
+      <c r="T5" s="163"/>
+      <c r="U5" s="163"/>
+      <c r="V5" s="163"/>
+      <c r="W5" s="163"/>
+      <c r="X5" s="163"/>
+      <c r="Y5" s="163"/>
+      <c r="Z5" s="163"/>
+      <c r="AA5" s="163"/>
+      <c r="AB5" s="163"/>
+      <c r="AC5" s="163"/>
+      <c r="AD5" s="163"/>
+      <c r="AE5" s="163"/>
+      <c r="AF5" s="163"/>
+      <c r="AG5" s="163"/>
+      <c r="AH5" s="163"/>
+      <c r="AI5" s="163"/>
+      <c r="AJ5" s="163"/>
+      <c r="AK5" s="163"/>
+      <c r="AL5" s="163"/>
+      <c r="AM5" s="163"/>
+      <c r="AN5" s="163"/>
+      <c r="AO5" s="163"/>
+      <c r="AP5" s="163"/>
+      <c r="AQ5" s="163"/>
+      <c r="AR5" s="163"/>
+      <c r="AS5" s="163"/>
+      <c r="AT5" s="163"/>
+      <c r="AU5" s="163"/>
+      <c r="AV5" s="163"/>
+      <c r="AW5" s="163"/>
+      <c r="AX5" s="163"/>
+      <c r="AY5" s="163"/>
+      <c r="AZ5" s="163"/>
+      <c r="BA5" s="163"/>
+      <c r="BB5" s="163"/>
       <c r="BC5" s="9"/>
     </row>
     <row r="6" spans="1:76" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="154" t="s">
+      <c r="A6" s="167" t="s">
         <v>109</v>
       </c>
-      <c r="B6" s="155"/>
-[...51 lines deleted...]
-      <c r="BB6" s="155"/>
+      <c r="B6" s="168"/>
+      <c r="C6" s="168"/>
+      <c r="D6" s="168"/>
+      <c r="E6" s="168"/>
+      <c r="F6" s="168"/>
+      <c r="G6" s="168"/>
+      <c r="H6" s="168"/>
+      <c r="I6" s="168"/>
+      <c r="J6" s="168"/>
+      <c r="K6" s="168"/>
+      <c r="L6" s="168"/>
+      <c r="M6" s="168"/>
+      <c r="N6" s="168"/>
+      <c r="O6" s="168"/>
+      <c r="P6" s="168"/>
+      <c r="Q6" s="168"/>
+      <c r="R6" s="168"/>
+      <c r="S6" s="168"/>
+      <c r="T6" s="168"/>
+      <c r="U6" s="168"/>
+      <c r="V6" s="168"/>
+      <c r="W6" s="168"/>
+      <c r="X6" s="168"/>
+      <c r="Y6" s="168"/>
+      <c r="Z6" s="168"/>
+      <c r="AA6" s="168"/>
+      <c r="AB6" s="168"/>
+      <c r="AC6" s="168"/>
+      <c r="AD6" s="168"/>
+      <c r="AE6" s="168"/>
+      <c r="AF6" s="168"/>
+      <c r="AG6" s="168"/>
+      <c r="AH6" s="168"/>
+      <c r="AI6" s="168"/>
+      <c r="AJ6" s="168"/>
+      <c r="AK6" s="168"/>
+      <c r="AL6" s="168"/>
+      <c r="AM6" s="168"/>
+      <c r="AN6" s="168"/>
+      <c r="AO6" s="168"/>
+      <c r="AP6" s="168"/>
+      <c r="AQ6" s="168"/>
+      <c r="AR6" s="168"/>
+      <c r="AS6" s="168"/>
+      <c r="AT6" s="168"/>
+      <c r="AU6" s="168"/>
+      <c r="AV6" s="168"/>
+      <c r="AW6" s="168"/>
+      <c r="AX6" s="168"/>
+      <c r="AY6" s="168"/>
+      <c r="AZ6" s="168"/>
+      <c r="BA6" s="168"/>
+      <c r="BB6" s="168"/>
       <c r="BC6" s="10"/>
     </row>
     <row r="7" spans="1:76" ht="21" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="165" t="s">
+      <c r="A7" s="145" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="157"/>
-      <c r="C7" s="168" t="s">
+      <c r="B7" s="146"/>
+      <c r="C7" s="149" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="169"/>
-      <c r="E7" s="172" t="s">
+      <c r="D7" s="150"/>
+      <c r="E7" s="153" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="152"/>
-[...8 lines deleted...]
-      <c r="O7" s="152" t="s">
+      <c r="F7" s="142"/>
+      <c r="G7" s="142"/>
+      <c r="H7" s="142"/>
+      <c r="I7" s="142"/>
+      <c r="J7" s="142"/>
+      <c r="K7" s="142"/>
+      <c r="L7" s="142"/>
+      <c r="M7" s="142"/>
+      <c r="N7" s="144"/>
+      <c r="O7" s="142" t="s">
         <v>1</v>
       </c>
-      <c r="P7" s="152"/>
-[...8 lines deleted...]
-      <c r="Y7" s="151" t="s">
+      <c r="P7" s="142"/>
+      <c r="Q7" s="142"/>
+      <c r="R7" s="142"/>
+      <c r="S7" s="142"/>
+      <c r="T7" s="142"/>
+      <c r="U7" s="142"/>
+      <c r="V7" s="142"/>
+      <c r="W7" s="142"/>
+      <c r="X7" s="142"/>
+      <c r="Y7" s="143" t="s">
         <v>19</v>
       </c>
-      <c r="Z7" s="152"/>
-[...8 lines deleted...]
-      <c r="AI7" s="151" t="s">
+      <c r="Z7" s="142"/>
+      <c r="AA7" s="142"/>
+      <c r="AB7" s="142"/>
+      <c r="AC7" s="142"/>
+      <c r="AD7" s="142"/>
+      <c r="AE7" s="142"/>
+      <c r="AF7" s="142"/>
+      <c r="AG7" s="142"/>
+      <c r="AH7" s="144"/>
+      <c r="AI7" s="143" t="s">
         <v>12</v>
       </c>
-      <c r="AJ7" s="152"/>
-[...8 lines deleted...]
-      <c r="AS7" s="152" t="s">
+      <c r="AJ7" s="142"/>
+      <c r="AK7" s="142"/>
+      <c r="AL7" s="142"/>
+      <c r="AM7" s="142"/>
+      <c r="AN7" s="142"/>
+      <c r="AO7" s="142"/>
+      <c r="AP7" s="142"/>
+      <c r="AQ7" s="142"/>
+      <c r="AR7" s="144"/>
+      <c r="AS7" s="142" t="s">
         <v>8</v>
       </c>
-      <c r="AT7" s="156"/>
-[...7 lines deleted...]
-      <c r="BB7" s="157"/>
+      <c r="AT7" s="169"/>
+      <c r="AU7" s="169"/>
+      <c r="AV7" s="169"/>
+      <c r="AW7" s="169"/>
+      <c r="AX7" s="169"/>
+      <c r="AY7" s="169"/>
+      <c r="AZ7" s="169"/>
+      <c r="BA7" s="169"/>
+      <c r="BB7" s="146"/>
       <c r="BC7" s="8"/>
     </row>
     <row r="8" spans="1:76" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="166"/>
-[...2 lines deleted...]
-      <c r="D8" s="171"/>
+      <c r="A8" s="147"/>
+      <c r="B8" s="148"/>
+      <c r="C8" s="151"/>
+      <c r="D8" s="152"/>
       <c r="E8" s="15">
         <v>1</v>
       </c>
       <c r="F8" s="16">
         <v>2</v>
       </c>
       <c r="G8" s="16">
         <v>3</v>
       </c>
       <c r="H8" s="16">
         <v>4</v>
       </c>
       <c r="I8" s="16">
         <v>5</v>
       </c>
       <c r="J8" s="16">
         <v>6</v>
       </c>
       <c r="K8" s="16">
         <v>7</v>
       </c>
       <c r="L8" s="16">
         <v>8</v>
       </c>
       <c r="M8" s="17">
@@ -3615,60 +3624,60 @@
       <c r="BB12" s="28"/>
       <c r="BC12" s="6"/>
       <c r="BD12" s="5"/>
       <c r="BE12" s="5"/>
       <c r="BF12" s="5"/>
       <c r="BG12" s="5"/>
       <c r="BH12" s="5"/>
       <c r="BI12" s="5"/>
       <c r="BJ12" s="5"/>
       <c r="BK12" s="5"/>
       <c r="BL12" s="5"/>
       <c r="BM12" s="5"/>
       <c r="BN12" s="5"/>
       <c r="BO12" s="5"/>
       <c r="BP12" s="5"/>
       <c r="BQ12" s="5"/>
       <c r="BR12" s="5"/>
       <c r="BS12" s="5"/>
       <c r="BT12" s="5"/>
       <c r="BU12" s="5"/>
       <c r="BV12" s="5"/>
       <c r="BW12" s="5"/>
       <c r="BX12" s="5"/>
     </row>
     <row r="13" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="159" t="s">
+      <c r="A13" s="138" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="137" t="s">
+      <c r="B13" s="154" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D13" s="147">
+      <c r="D13" s="137">
         <v>312</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
       <c r="N13" s="28"/>
       <c r="O13" s="26"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="27"/>
       <c r="S13" s="27"/>
       <c r="T13" s="27"/>
       <c r="U13" s="27"/>
       <c r="V13" s="27"/>
       <c r="W13" s="27"/>
       <c r="X13" s="53"/>
       <c r="Y13" s="97"/>
       <c r="Z13" s="27"/>
       <c r="AA13" s="27"/>
@@ -3680,79 +3689,79 @@
       <c r="AG13" s="27"/>
       <c r="AH13" s="28"/>
       <c r="AI13" s="97"/>
       <c r="AJ13" s="27"/>
       <c r="AK13" s="27"/>
       <c r="AL13" s="27"/>
       <c r="AM13" s="27"/>
       <c r="AN13" s="27"/>
       <c r="AO13" s="27"/>
       <c r="AP13" s="27"/>
       <c r="AQ13" s="27"/>
       <c r="AR13" s="28"/>
       <c r="AS13" s="26"/>
       <c r="AT13" s="27"/>
       <c r="AU13" s="27"/>
       <c r="AV13" s="27"/>
       <c r="AW13" s="27"/>
       <c r="AX13" s="27"/>
       <c r="AY13" s="27"/>
       <c r="AZ13" s="27"/>
       <c r="BA13" s="27"/>
       <c r="BB13" s="28"/>
       <c r="BC13" s="6"/>
       <c r="BD13" s="5"/>
       <c r="BE13" s="5"/>
-      <c r="BF13" s="137" t="s">
+      <c r="BF13" s="154" t="s">
         <v>85</v>
       </c>
       <c r="BG13" s="5"/>
       <c r="BH13" s="5"/>
       <c r="BI13" s="5"/>
       <c r="BJ13" s="5"/>
       <c r="BK13" s="5"/>
       <c r="BL13" s="5"/>
       <c r="BM13" s="5"/>
       <c r="BN13" s="5"/>
       <c r="BO13" s="5"/>
       <c r="BP13" s="5"/>
       <c r="BQ13" s="5"/>
       <c r="BR13" s="5"/>
       <c r="BS13" s="5"/>
       <c r="BT13" s="5"/>
       <c r="BU13" s="5"/>
       <c r="BV13" s="5"/>
       <c r="BW13" s="5"/>
       <c r="BX13" s="5"/>
     </row>
     <row r="14" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="162"/>
-      <c r="B14" s="138"/>
+      <c r="A14" s="139"/>
+      <c r="B14" s="155"/>
       <c r="C14" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="147"/>
+      <c r="D14" s="137"/>
       <c r="E14" s="26"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="28"/>
       <c r="O14" s="26"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
       <c r="S14" s="27"/>
       <c r="T14" s="27">
         <v>6</v>
       </c>
       <c r="U14" s="27"/>
       <c r="V14" s="27"/>
       <c r="W14" s="27"/>
       <c r="X14" s="53"/>
       <c r="Y14" s="97" t="s">
         <v>63</v>
       </c>
@@ -3770,51 +3779,51 @@
       <c r="AI14" s="97"/>
       <c r="AJ14" s="27"/>
       <c r="AK14" s="27"/>
       <c r="AL14" s="27"/>
       <c r="AM14" s="27"/>
       <c r="AN14" s="27"/>
       <c r="AO14" s="27"/>
       <c r="AP14" s="27"/>
       <c r="AQ14" s="27"/>
       <c r="AR14" s="28"/>
       <c r="AS14" s="26" t="s">
         <v>63</v>
       </c>
       <c r="AT14" s="27"/>
       <c r="AU14" s="27"/>
       <c r="AV14" s="27"/>
       <c r="AW14" s="27"/>
       <c r="AX14" s="27"/>
       <c r="AY14" s="27"/>
       <c r="AZ14" s="27"/>
       <c r="BA14" s="27"/>
       <c r="BB14" s="28"/>
       <c r="BC14" s="6"/>
       <c r="BD14" s="5"/>
       <c r="BE14" s="5"/>
-      <c r="BF14" s="138"/>
+      <c r="BF14" s="155"/>
       <c r="BG14" s="5"/>
       <c r="BH14" s="5"/>
       <c r="BI14" s="5"/>
       <c r="BJ14" s="5"/>
       <c r="BK14" s="5"/>
       <c r="BL14" s="5"/>
       <c r="BM14" s="5"/>
       <c r="BN14" s="5"/>
       <c r="BO14" s="5"/>
       <c r="BP14" s="5"/>
       <c r="BQ14" s="5"/>
       <c r="BR14" s="5"/>
       <c r="BS14" s="5"/>
       <c r="BT14" s="5"/>
       <c r="BU14" s="5"/>
       <c r="BV14" s="5"/>
       <c r="BW14" s="5"/>
       <c r="BX14" s="5"/>
     </row>
     <row r="15" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="36" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>67</v>
@@ -4759,60 +4768,60 @@
       <c r="AV22" s="33">
         <v>4</v>
       </c>
       <c r="AW22" s="33">
         <v>5</v>
       </c>
       <c r="AX22" s="33">
         <v>6</v>
       </c>
       <c r="AY22" s="33">
         <v>7</v>
       </c>
       <c r="AZ22" s="33">
         <v>8</v>
       </c>
       <c r="BA22" s="32">
         <v>9</v>
       </c>
       <c r="BB22" s="35">
         <v>10</v>
       </c>
       <c r="BC22" s="13"/>
       <c r="BD22" s="8"/>
     </row>
     <row r="23" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="158" t="s">
+      <c r="A23" s="170" t="s">
         <v>32</v>
       </c>
-      <c r="B23" s="137" t="s">
+      <c r="B23" s="154" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="114" t="s">
         <v>17</v>
       </c>
-      <c r="D23" s="160">
+      <c r="D23" s="171">
         <v>109</v>
       </c>
       <c r="E23" s="115" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="116">
         <v>6</v>
       </c>
       <c r="G23" s="116">
         <v>7</v>
       </c>
       <c r="H23" s="116" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="116"/>
       <c r="J23" s="116"/>
       <c r="K23" s="116"/>
       <c r="L23" s="117" t="s">
         <v>101</v>
       </c>
       <c r="M23" s="116"/>
       <c r="N23" s="118"/>
       <c r="O23" s="115" t="s">
         <v>64</v>
       </c>
@@ -4869,56 +4878,56 @@
       <c r="AP23" s="116"/>
       <c r="AQ23" s="116"/>
       <c r="AR23" s="118"/>
       <c r="AS23" s="115">
         <v>6</v>
       </c>
       <c r="AT23" s="116"/>
       <c r="AU23" s="116" t="s">
         <v>64</v>
       </c>
       <c r="AV23" s="116" t="s">
         <v>64</v>
       </c>
       <c r="AW23" s="116"/>
       <c r="AX23" s="116"/>
       <c r="AY23" s="116" t="s">
         <v>103</v>
       </c>
       <c r="AZ23" s="116"/>
       <c r="BA23" s="116"/>
       <c r="BB23" s="118"/>
       <c r="BC23" s="6"/>
       <c r="BD23" s="8"/>
     </row>
     <row r="24" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="158"/>
-      <c r="B24" s="137"/>
+      <c r="A24" s="170"/>
+      <c r="B24" s="154"/>
       <c r="C24" s="121" t="s">
         <v>2</v>
       </c>
-      <c r="D24" s="161"/>
+      <c r="D24" s="172"/>
       <c r="E24" s="122"/>
       <c r="F24" s="123"/>
       <c r="G24" s="123"/>
       <c r="H24" s="123"/>
       <c r="I24" s="123"/>
       <c r="J24" s="123"/>
       <c r="K24" s="123"/>
       <c r="L24" s="123"/>
       <c r="M24" s="123"/>
       <c r="N24" s="124"/>
       <c r="O24" s="122"/>
       <c r="P24" s="123"/>
       <c r="Q24" s="123"/>
       <c r="R24" s="123"/>
       <c r="S24" s="123"/>
       <c r="T24" s="123"/>
       <c r="U24" s="123"/>
       <c r="V24" s="123"/>
       <c r="W24" s="123"/>
       <c r="X24" s="125"/>
       <c r="Y24" s="126">
         <v>5</v>
       </c>
       <c r="Z24" s="123"/>
       <c r="AA24" s="123"/>
@@ -5229,54 +5238,54 @@
       <c r="AN27" s="27" t="s">
         <v>65</v>
       </c>
       <c r="AO27" s="27"/>
       <c r="AP27" s="27"/>
       <c r="AQ27" s="27"/>
       <c r="AR27" s="28"/>
       <c r="AS27" s="26">
         <v>8</v>
       </c>
       <c r="AT27" s="27" t="s">
         <v>63</v>
       </c>
       <c r="AU27" s="27"/>
       <c r="AV27" s="27"/>
       <c r="AW27" s="27"/>
       <c r="AX27" s="27"/>
       <c r="AY27" s="27"/>
       <c r="AZ27" s="27"/>
       <c r="BA27" s="27"/>
       <c r="BB27" s="28"/>
       <c r="BC27" s="6"/>
       <c r="BD27" s="8"/>
     </row>
     <row r="28" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="159" t="s">
+      <c r="A28" s="138" t="s">
         <v>83</v>
       </c>
-      <c r="B28" s="137"/>
+      <c r="B28" s="154"/>
       <c r="C28" s="25" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="28">
         <v>203</v>
       </c>
       <c r="E28" s="26"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
       <c r="N28" s="28"/>
       <c r="O28" s="26"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
@@ -5515,60 +5524,60 @@
       <c r="AP30" s="27"/>
       <c r="AQ30" s="27"/>
       <c r="AR30" s="28"/>
       <c r="AS30" s="26"/>
       <c r="AT30" s="27">
         <v>6</v>
       </c>
       <c r="AU30" s="27">
         <v>5</v>
       </c>
       <c r="AV30" s="27">
         <v>7</v>
       </c>
       <c r="AW30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="AX30" s="27"/>
       <c r="AY30" s="27"/>
       <c r="AZ30" s="109"/>
       <c r="BA30" s="27"/>
       <c r="BB30" s="28"/>
       <c r="BC30" s="6"/>
       <c r="BD30" s="8"/>
     </row>
     <row r="31" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="149" t="s">
+      <c r="A31" s="165" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="139" t="s">
+      <c r="B31" s="156" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="147">
+      <c r="D31" s="137">
         <v>208</v>
       </c>
       <c r="E31" s="26"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="28"/>
       <c r="O31" s="26"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
       <c r="S31" s="27"/>
       <c r="T31" s="27"/>
       <c r="U31" s="27"/>
       <c r="V31" s="27"/>
       <c r="W31" s="27"/>
       <c r="X31" s="53"/>
       <c r="Y31" s="97"/>
       <c r="Z31" s="27"/>
       <c r="AA31" s="27"/>
@@ -5585,56 +5594,56 @@
       <c r="AL31" s="27"/>
       <c r="AM31" s="27" t="s">
         <v>65</v>
       </c>
       <c r="AN31" s="27" t="s">
         <v>63</v>
       </c>
       <c r="AO31" s="27"/>
       <c r="AP31" s="27"/>
       <c r="AQ31" s="27"/>
       <c r="AR31" s="28"/>
       <c r="AS31" s="26"/>
       <c r="AT31" s="27"/>
       <c r="AU31" s="27"/>
       <c r="AV31" s="27"/>
       <c r="AW31" s="27"/>
       <c r="AX31" s="27"/>
       <c r="AY31" s="27"/>
       <c r="AZ31" s="27"/>
       <c r="BA31" s="27"/>
       <c r="BB31" s="28"/>
       <c r="BC31" s="6"/>
       <c r="BD31" s="8"/>
     </row>
     <row r="32" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="150"/>
-      <c r="B32" s="140"/>
+      <c r="A32" s="166"/>
+      <c r="B32" s="157"/>
       <c r="C32" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="D32" s="148">
+      <c r="D32" s="164">
         <v>105</v>
       </c>
       <c r="E32" s="26"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27"/>
       <c r="M32" s="27"/>
       <c r="N32" s="28"/>
       <c r="O32" s="26" t="s">
         <v>63</v>
       </c>
       <c r="P32" s="27" t="s">
         <v>65</v>
       </c>
       <c r="Q32" s="27"/>
       <c r="R32" s="27"/>
       <c r="S32" s="27"/>
       <c r="T32" s="27"/>
       <c r="U32" s="27"/>
       <c r="V32" s="27"/>
       <c r="W32" s="27"/>
@@ -9421,518 +9430,518 @@
       <c r="AH91" s="1"/>
       <c r="AI91" s="1"/>
       <c r="AJ91" s="1"/>
       <c r="AK91" s="1"/>
       <c r="AL91" s="1"/>
       <c r="AM91" s="1"/>
       <c r="AN91" s="1"/>
       <c r="AO91" s="1"/>
       <c r="AP91" s="1"/>
       <c r="AQ91" s="1"/>
       <c r="AR91" s="1"/>
       <c r="AS91" s="1"/>
       <c r="AT91" s="1"/>
       <c r="AU91" s="1"/>
       <c r="AV91" s="1"/>
       <c r="AW91" s="1"/>
       <c r="AX91" s="1"/>
       <c r="AY91" s="1"/>
       <c r="AZ91" s="1"/>
       <c r="BA91" s="1"/>
       <c r="BB91" s="1"/>
       <c r="BC91" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="24">
-    <mergeCell ref="D13:D14"/>
-[...6 lines deleted...]
-    <mergeCell ref="E7:N7"/>
     <mergeCell ref="BF13:BF14"/>
     <mergeCell ref="B31:B32"/>
     <mergeCell ref="AL1:AS1"/>
     <mergeCell ref="AL2:BB2"/>
     <mergeCell ref="AL3:BB3"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="D31:D32"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="AI7:AR7"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="AS7:BB7"/>
     <mergeCell ref="A23:A24"/>
     <mergeCell ref="B23:B24"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="D23:D24"/>
     <mergeCell ref="B13:B14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="A13:A14"/>
+    <mergeCell ref="AL4:AN4"/>
+    <mergeCell ref="O7:X7"/>
+    <mergeCell ref="Y7:AH7"/>
+    <mergeCell ref="A7:B8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="E7:N7"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.43307086614173229" right="0.23622047244094491" top="0.94488188976377963" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="8" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:BX93"/>
   <sheetViews>
-    <sheetView tabSelected="1" showRuler="0" topLeftCell="A6" zoomScale="66" zoomScaleNormal="66" zoomScalePageLayoutView="60" workbookViewId="0">
-      <selection activeCell="BG17" sqref="BG17"/>
+    <sheetView tabSelected="1" showRuler="0" topLeftCell="A15" zoomScale="66" zoomScaleNormal="66" zoomScalePageLayoutView="60" workbookViewId="0">
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.5703125" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" customWidth="1"/>
     <col min="3" max="3" width="26.85546875" customWidth="1"/>
     <col min="4" max="4" width="8" customWidth="1"/>
     <col min="5" max="19" width="4.7109375" customWidth="1"/>
     <col min="20" max="20" width="5.42578125" customWidth="1"/>
     <col min="21" max="32" width="4.7109375" customWidth="1"/>
     <col min="33" max="33" width="5" customWidth="1"/>
     <col min="34" max="42" width="4.7109375" customWidth="1"/>
-    <col min="43" max="43" width="6.28515625" customWidth="1"/>
+    <col min="43" max="43" width="5.140625" customWidth="1"/>
     <col min="44" max="54" width="4.7109375" customWidth="1"/>
     <col min="55" max="55" width="4" customWidth="1"/>
     <col min="56" max="76" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:76" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="3"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
-      <c r="AL1" s="141" t="s">
+      <c r="AL1" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="AM1" s="142"/>
-[...5 lines deleted...]
-      <c r="AS1" s="142"/>
+      <c r="AM1" s="159"/>
+      <c r="AN1" s="159"/>
+      <c r="AO1" s="159"/>
+      <c r="AP1" s="159"/>
+      <c r="AQ1" s="159"/>
+      <c r="AR1" s="159"/>
+      <c r="AS1" s="159"/>
       <c r="AT1" s="4"/>
       <c r="AU1" s="4"/>
       <c r="AV1" s="4"/>
       <c r="AW1" s="4"/>
       <c r="AX1" s="4"/>
       <c r="AY1" s="4"/>
       <c r="AZ1" s="4"/>
       <c r="BA1" s="4"/>
       <c r="BB1" s="4"/>
       <c r="BC1" s="4"/>
     </row>
     <row r="2" spans="1:76" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="3"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
-      <c r="AL2" s="141" t="s">
-[...17 lines deleted...]
-      <c r="BB2" s="142"/>
+      <c r="AL2" s="158" t="s">
+        <v>157</v>
+      </c>
+      <c r="AM2" s="159"/>
+      <c r="AN2" s="159"/>
+      <c r="AO2" s="159"/>
+      <c r="AP2" s="159"/>
+      <c r="AQ2" s="159"/>
+      <c r="AR2" s="159"/>
+      <c r="AS2" s="159"/>
+      <c r="AT2" s="159"/>
+      <c r="AU2" s="159"/>
+      <c r="AV2" s="159"/>
+      <c r="AW2" s="159"/>
+      <c r="AX2" s="159"/>
+      <c r="AY2" s="159"/>
+      <c r="AZ2" s="159"/>
+      <c r="BA2" s="159"/>
+      <c r="BB2" s="159"/>
     </row>
     <row r="3" spans="1:76" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="3"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
-      <c r="AL3" s="143" t="s">
-[...17 lines deleted...]
-      <c r="BB3" s="144"/>
+      <c r="AL3" s="160" t="s">
+        <v>158</v>
+      </c>
+      <c r="AM3" s="161"/>
+      <c r="AN3" s="161"/>
+      <c r="AO3" s="161"/>
+      <c r="AP3" s="161"/>
+      <c r="AQ3" s="161"/>
+      <c r="AR3" s="161"/>
+      <c r="AS3" s="161"/>
+      <c r="AT3" s="161"/>
+      <c r="AU3" s="161"/>
+      <c r="AV3" s="161"/>
+      <c r="AW3" s="161"/>
+      <c r="AX3" s="161"/>
+      <c r="AY3" s="161"/>
+      <c r="AZ3" s="161"/>
+      <c r="BA3" s="161"/>
+      <c r="BB3" s="161"/>
     </row>
     <row r="4" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="3"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
-      <c r="AL4" s="163"/>
-[...1 lines deleted...]
-      <c r="AN4" s="164"/>
+      <c r="AL4" s="140"/>
+      <c r="AM4" s="141"/>
+      <c r="AN4" s="141"/>
     </row>
     <row r="5" spans="1:76" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="145" t="s">
+      <c r="A5" s="162" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="146"/>
-[...51 lines deleted...]
-      <c r="BB5" s="146"/>
+      <c r="B5" s="163"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="163"/>
+      <c r="L5" s="163"/>
+      <c r="M5" s="163"/>
+      <c r="N5" s="163"/>
+      <c r="O5" s="163"/>
+      <c r="P5" s="163"/>
+      <c r="Q5" s="163"/>
+      <c r="R5" s="163"/>
+      <c r="S5" s="163"/>
+      <c r="T5" s="163"/>
+      <c r="U5" s="163"/>
+      <c r="V5" s="163"/>
+      <c r="W5" s="163"/>
+      <c r="X5" s="163"/>
+      <c r="Y5" s="163"/>
+      <c r="Z5" s="163"/>
+      <c r="AA5" s="163"/>
+      <c r="AB5" s="163"/>
+      <c r="AC5" s="163"/>
+      <c r="AD5" s="163"/>
+      <c r="AE5" s="163"/>
+      <c r="AF5" s="163"/>
+      <c r="AG5" s="163"/>
+      <c r="AH5" s="163"/>
+      <c r="AI5" s="163"/>
+      <c r="AJ5" s="163"/>
+      <c r="AK5" s="163"/>
+      <c r="AL5" s="163"/>
+      <c r="AM5" s="163"/>
+      <c r="AN5" s="163"/>
+      <c r="AO5" s="163"/>
+      <c r="AP5" s="163"/>
+      <c r="AQ5" s="163"/>
+      <c r="AR5" s="163"/>
+      <c r="AS5" s="163"/>
+      <c r="AT5" s="163"/>
+      <c r="AU5" s="163"/>
+      <c r="AV5" s="163"/>
+      <c r="AW5" s="163"/>
+      <c r="AX5" s="163"/>
+      <c r="AY5" s="163"/>
+      <c r="AZ5" s="163"/>
+      <c r="BA5" s="163"/>
+      <c r="BB5" s="163"/>
       <c r="BC5" s="9"/>
     </row>
     <row r="6" spans="1:76" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="154" t="s">
-[...54 lines deleted...]
-      <c r="BB6" s="155"/>
+      <c r="A6" s="167" t="s">
+        <v>156</v>
+      </c>
+      <c r="B6" s="168"/>
+      <c r="C6" s="168"/>
+      <c r="D6" s="168"/>
+      <c r="E6" s="168"/>
+      <c r="F6" s="168"/>
+      <c r="G6" s="168"/>
+      <c r="H6" s="168"/>
+      <c r="I6" s="168"/>
+      <c r="J6" s="168"/>
+      <c r="K6" s="168"/>
+      <c r="L6" s="168"/>
+      <c r="M6" s="168"/>
+      <c r="N6" s="168"/>
+      <c r="O6" s="168"/>
+      <c r="P6" s="168"/>
+      <c r="Q6" s="168"/>
+      <c r="R6" s="168"/>
+      <c r="S6" s="168"/>
+      <c r="T6" s="168"/>
+      <c r="U6" s="168"/>
+      <c r="V6" s="168"/>
+      <c r="W6" s="168"/>
+      <c r="X6" s="168"/>
+      <c r="Y6" s="168"/>
+      <c r="Z6" s="168"/>
+      <c r="AA6" s="168"/>
+      <c r="AB6" s="168"/>
+      <c r="AC6" s="168"/>
+      <c r="AD6" s="168"/>
+      <c r="AE6" s="168"/>
+      <c r="AF6" s="168"/>
+      <c r="AG6" s="168"/>
+      <c r="AH6" s="168"/>
+      <c r="AI6" s="168"/>
+      <c r="AJ6" s="168"/>
+      <c r="AK6" s="168"/>
+      <c r="AL6" s="168"/>
+      <c r="AM6" s="168"/>
+      <c r="AN6" s="168"/>
+      <c r="AO6" s="168"/>
+      <c r="AP6" s="168"/>
+      <c r="AQ6" s="168"/>
+      <c r="AR6" s="168"/>
+      <c r="AS6" s="168"/>
+      <c r="AT6" s="168"/>
+      <c r="AU6" s="168"/>
+      <c r="AV6" s="168"/>
+      <c r="AW6" s="168"/>
+      <c r="AX6" s="168"/>
+      <c r="AY6" s="168"/>
+      <c r="AZ6" s="168"/>
+      <c r="BA6" s="168"/>
+      <c r="BB6" s="168"/>
       <c r="BC6" s="10"/>
     </row>
     <row r="7" spans="1:76" ht="21" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="165" t="s">
+      <c r="A7" s="145" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="157"/>
-      <c r="C7" s="168" t="s">
+      <c r="B7" s="146"/>
+      <c r="C7" s="149" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="169"/>
-      <c r="E7" s="172" t="s">
+      <c r="D7" s="150"/>
+      <c r="E7" s="153" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="152"/>
-[...8 lines deleted...]
-      <c r="O7" s="152" t="s">
+      <c r="F7" s="142"/>
+      <c r="G7" s="142"/>
+      <c r="H7" s="142"/>
+      <c r="I7" s="142"/>
+      <c r="J7" s="142"/>
+      <c r="K7" s="142"/>
+      <c r="L7" s="142"/>
+      <c r="M7" s="142"/>
+      <c r="N7" s="144"/>
+      <c r="O7" s="142" t="s">
         <v>1</v>
       </c>
-      <c r="P7" s="152"/>
-[...8 lines deleted...]
-      <c r="Y7" s="151" t="s">
+      <c r="P7" s="142"/>
+      <c r="Q7" s="142"/>
+      <c r="R7" s="142"/>
+      <c r="S7" s="142"/>
+      <c r="T7" s="142"/>
+      <c r="U7" s="142"/>
+      <c r="V7" s="142"/>
+      <c r="W7" s="142"/>
+      <c r="X7" s="142"/>
+      <c r="Y7" s="143" t="s">
         <v>19</v>
       </c>
-      <c r="Z7" s="152"/>
-[...8 lines deleted...]
-      <c r="AI7" s="151" t="s">
+      <c r="Z7" s="142"/>
+      <c r="AA7" s="142"/>
+      <c r="AB7" s="142"/>
+      <c r="AC7" s="142"/>
+      <c r="AD7" s="142"/>
+      <c r="AE7" s="142"/>
+      <c r="AF7" s="142"/>
+      <c r="AG7" s="142"/>
+      <c r="AH7" s="144"/>
+      <c r="AI7" s="143" t="s">
         <v>12</v>
       </c>
-      <c r="AJ7" s="152"/>
-[...8 lines deleted...]
-      <c r="AS7" s="152" t="s">
+      <c r="AJ7" s="142"/>
+      <c r="AK7" s="142"/>
+      <c r="AL7" s="142"/>
+      <c r="AM7" s="142"/>
+      <c r="AN7" s="142"/>
+      <c r="AO7" s="142"/>
+      <c r="AP7" s="142"/>
+      <c r="AQ7" s="142"/>
+      <c r="AR7" s="144"/>
+      <c r="AS7" s="142" t="s">
         <v>8</v>
       </c>
-      <c r="AT7" s="156"/>
-[...7 lines deleted...]
-      <c r="BB7" s="157"/>
+      <c r="AT7" s="169"/>
+      <c r="AU7" s="169"/>
+      <c r="AV7" s="169"/>
+      <c r="AW7" s="169"/>
+      <c r="AX7" s="169"/>
+      <c r="AY7" s="169"/>
+      <c r="AZ7" s="169"/>
+      <c r="BA7" s="169"/>
+      <c r="BB7" s="146"/>
       <c r="BC7" s="8"/>
     </row>
     <row r="8" spans="1:76" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="166"/>
-[...2 lines deleted...]
-      <c r="D8" s="171"/>
+      <c r="A8" s="147"/>
+      <c r="B8" s="148"/>
+      <c r="C8" s="151"/>
+      <c r="D8" s="152"/>
       <c r="E8" s="15">
         <v>1</v>
       </c>
       <c r="F8" s="16">
         <v>2</v>
       </c>
       <c r="G8" s="16">
         <v>3</v>
       </c>
       <c r="H8" s="16">
         <v>4</v>
       </c>
       <c r="I8" s="16">
         <v>5</v>
       </c>
       <c r="J8" s="16">
         <v>6</v>
       </c>
       <c r="K8" s="16">
         <v>7</v>
       </c>
       <c r="L8" s="16">
         <v>8</v>
       </c>
       <c r="M8" s="17">
@@ -10492,60 +10501,60 @@
       <c r="BB12" s="28"/>
       <c r="BC12" s="6"/>
       <c r="BD12" s="5"/>
       <c r="BE12" s="5"/>
       <c r="BF12" s="5"/>
       <c r="BG12" s="5"/>
       <c r="BH12" s="5"/>
       <c r="BI12" s="5"/>
       <c r="BJ12" s="5"/>
       <c r="BK12" s="5"/>
       <c r="BL12" s="5"/>
       <c r="BM12" s="5"/>
       <c r="BN12" s="5"/>
       <c r="BO12" s="5"/>
       <c r="BP12" s="5"/>
       <c r="BQ12" s="5"/>
       <c r="BR12" s="5"/>
       <c r="BS12" s="5"/>
       <c r="BT12" s="5"/>
       <c r="BU12" s="5"/>
       <c r="BV12" s="5"/>
       <c r="BW12" s="5"/>
       <c r="BX12" s="5"/>
     </row>
     <row r="13" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="159" t="s">
+      <c r="A13" s="138" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="137" t="s">
+      <c r="B13" s="154" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D13" s="147">
+      <c r="D13" s="137">
         <v>312</v>
       </c>
       <c r="E13" s="26">
         <v>7</v>
       </c>
       <c r="F13" s="27">
         <v>7</v>
       </c>
       <c r="G13" s="27" t="s">
         <v>64</v>
       </c>
       <c r="H13" s="27" t="s">
         <v>64</v>
       </c>
       <c r="I13" s="27"/>
       <c r="J13" s="27" t="s">
         <v>65</v>
       </c>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
       <c r="N13" s="28"/>
       <c r="O13" s="26"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27" t="s">
@@ -10626,56 +10635,56 @@
       <c r="BB13" s="28"/>
       <c r="BC13" s="6"/>
       <c r="BD13" s="5"/>
       <c r="BE13" s="5"/>
       <c r="BF13" s="173"/>
       <c r="BG13" s="5"/>
       <c r="BH13" s="5"/>
       <c r="BI13" s="5"/>
       <c r="BJ13" s="5"/>
       <c r="BK13" s="5"/>
       <c r="BL13" s="5"/>
       <c r="BM13" s="5"/>
       <c r="BN13" s="5"/>
       <c r="BO13" s="5"/>
       <c r="BP13" s="5"/>
       <c r="BQ13" s="5"/>
       <c r="BR13" s="5"/>
       <c r="BS13" s="5"/>
       <c r="BT13" s="5"/>
       <c r="BU13" s="5"/>
       <c r="BV13" s="5"/>
       <c r="BW13" s="5"/>
       <c r="BX13" s="5"/>
     </row>
     <row r="14" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="162"/>
-      <c r="B14" s="138"/>
+      <c r="A14" s="139"/>
+      <c r="B14" s="155"/>
       <c r="C14" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="147"/>
+      <c r="D14" s="137"/>
       <c r="E14" s="26"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="28"/>
       <c r="O14" s="26">
         <v>8</v>
       </c>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
       <c r="S14" s="27">
         <v>7</v>
       </c>
       <c r="T14" s="27"/>
       <c r="U14" s="27"/>
       <c r="V14" s="27"/>
       <c r="W14" s="27"/>
       <c r="X14" s="53"/>
       <c r="Y14" s="97"/>
@@ -10714,57 +10723,57 @@
       <c r="BB14" s="28"/>
       <c r="BC14" s="6"/>
       <c r="BD14" s="5"/>
       <c r="BE14" s="5"/>
       <c r="BF14" s="174"/>
       <c r="BG14" s="5"/>
       <c r="BH14" s="5"/>
       <c r="BI14" s="5"/>
       <c r="BJ14" s="5"/>
       <c r="BK14" s="5"/>
       <c r="BL14" s="5"/>
       <c r="BM14" s="5"/>
       <c r="BN14" s="5"/>
       <c r="BO14" s="5"/>
       <c r="BP14" s="5"/>
       <c r="BQ14" s="5"/>
       <c r="BR14" s="5"/>
       <c r="BS14" s="5"/>
       <c r="BT14" s="5"/>
       <c r="BU14" s="5"/>
       <c r="BV14" s="5"/>
       <c r="BW14" s="5"/>
       <c r="BX14" s="5"/>
     </row>
     <row r="15" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="136" t="s">
+      <c r="A15" s="135" t="s">
         <v>138</v>
       </c>
-      <c r="C15" s="135" t="s">
+      <c r="C15" s="136" t="s">
         <v>6</v>
       </c>
-      <c r="D15" s="25"/>
+      <c r="D15" s="107"/>
       <c r="E15" s="26" t="s">
         <v>139</v>
       </c>
       <c r="F15" s="27">
         <v>6</v>
       </c>
       <c r="G15" s="27">
         <v>6</v>
       </c>
       <c r="H15" s="27">
         <v>5</v>
       </c>
       <c r="I15" s="27">
         <v>5</v>
       </c>
       <c r="J15" s="27" t="s">
         <v>140</v>
       </c>
       <c r="K15" s="27" t="s">
         <v>140</v>
       </c>
       <c r="L15" s="27"/>
       <c r="M15" s="27"/>
       <c r="N15" s="28"/>
       <c r="O15" s="26"/>
@@ -11631,51 +11640,53 @@
         <v>7</v>
       </c>
       <c r="L22" s="117"/>
       <c r="M22" s="116"/>
       <c r="N22" s="118"/>
       <c r="O22" s="115">
         <v>5</v>
       </c>
       <c r="P22" s="116" t="s">
         <v>139</v>
       </c>
       <c r="Q22" s="116" t="s">
         <v>13</v>
       </c>
       <c r="R22" s="116" t="s">
         <v>13</v>
       </c>
       <c r="S22" s="116"/>
       <c r="T22" s="116"/>
       <c r="U22" s="116" t="s">
         <v>150</v>
       </c>
       <c r="V22" s="116" t="s">
         <v>151</v>
       </c>
-      <c r="W22" s="116"/>
+      <c r="W22" s="116" t="s">
+        <v>155</v>
+      </c>
       <c r="X22" s="119"/>
       <c r="Y22" s="120">
         <v>7</v>
       </c>
       <c r="Z22" s="116">
         <v>7</v>
       </c>
       <c r="AA22" s="116"/>
       <c r="AB22" s="116" t="s">
         <v>64</v>
       </c>
       <c r="AC22" s="116" t="s">
         <v>64</v>
       </c>
       <c r="AD22" s="116" t="s">
         <v>139</v>
       </c>
       <c r="AE22" s="116"/>
       <c r="AF22" s="116"/>
       <c r="AG22" s="116"/>
       <c r="AH22" s="118"/>
       <c r="AI22" s="120"/>
       <c r="AJ22" s="116"/>
       <c r="AK22" s="116" t="s">
         <v>64</v>
@@ -11898,51 +11909,51 @@
       </c>
       <c r="AT24" s="27">
         <v>6</v>
       </c>
       <c r="AU24" s="27">
         <v>7</v>
       </c>
       <c r="AV24" s="27">
         <v>5</v>
       </c>
       <c r="AW24" s="27" t="s">
         <v>139</v>
       </c>
       <c r="AX24" s="27">
         <v>7</v>
       </c>
       <c r="AY24" s="27" t="s">
         <v>140</v>
       </c>
       <c r="AZ24" s="27"/>
       <c r="BA24" s="27"/>
       <c r="BB24" s="28"/>
       <c r="BC24" s="6"/>
       <c r="BD24" s="8"/>
     </row>
-    <row r="25" spans="1:76" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:76" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="37"/>
       <c r="C25" s="55" t="s">
         <v>146</v>
       </c>
       <c r="D25" s="28"/>
       <c r="E25" s="26"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
       <c r="N25" s="28"/>
       <c r="O25" s="26"/>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="27"/>
       <c r="S25" s="27"/>
       <c r="T25" s="27"/>
       <c r="U25" s="27"/>
@@ -12065,54 +12076,54 @@
         <v>139</v>
       </c>
       <c r="AL26" s="27" t="s">
         <v>63</v>
       </c>
       <c r="AM26" s="27"/>
       <c r="AN26" s="27"/>
       <c r="AO26" s="27"/>
       <c r="AP26" s="27"/>
       <c r="AQ26" s="27"/>
       <c r="AR26" s="28"/>
       <c r="AS26" s="26"/>
       <c r="AT26" s="27"/>
       <c r="AU26" s="27"/>
       <c r="AV26" s="27"/>
       <c r="AW26" s="27"/>
       <c r="AX26" s="27"/>
       <c r="AY26" s="27"/>
       <c r="AZ26" s="27"/>
       <c r="BA26" s="27"/>
       <c r="BB26" s="28"/>
       <c r="BC26" s="6"/>
       <c r="BD26" s="8"/>
     </row>
     <row r="27" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="159" t="s">
+      <c r="A27" s="138" t="s">
         <v>83</v>
       </c>
-      <c r="B27" s="137"/>
+      <c r="B27" s="154"/>
       <c r="C27" s="25" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="28">
         <v>203</v>
       </c>
       <c r="E27" s="26" t="s">
         <v>62</v>
       </c>
       <c r="F27" s="27" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="27" t="s">
         <v>63</v>
       </c>
       <c r="H27" s="27" t="s">
         <v>63</v>
       </c>
       <c r="I27" s="27" t="s">
         <v>65</v>
       </c>
       <c r="J27" s="27" t="s">
         <v>139</v>
       </c>
       <c r="K27" s="27" t="s">
@@ -12154,51 +12165,51 @@
       <c r="AG27" s="27"/>
       <c r="AH27" s="28"/>
       <c r="AI27" s="97"/>
       <c r="AJ27" s="27"/>
       <c r="AK27" s="27"/>
       <c r="AL27" s="27"/>
       <c r="AM27" s="27"/>
       <c r="AN27" s="27"/>
       <c r="AO27" s="27"/>
       <c r="AP27" s="27"/>
       <c r="AQ27" s="27"/>
       <c r="AR27" s="28"/>
       <c r="AS27" s="26"/>
       <c r="AT27" s="27"/>
       <c r="AU27" s="27"/>
       <c r="AV27" s="27"/>
       <c r="AW27" s="27"/>
       <c r="AX27" s="27"/>
       <c r="AY27" s="27"/>
       <c r="AZ27" s="27"/>
       <c r="BA27" s="27"/>
       <c r="BB27" s="28"/>
       <c r="BC27" s="6"/>
       <c r="BD27" s="8"/>
     </row>
-    <row r="28" spans="1:76" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:76" ht="30" x14ac:dyDescent="0.2">
       <c r="A28" s="36" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="37" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="55" t="s">
         <v>123</v>
       </c>
       <c r="D28" s="28">
         <v>202</v>
       </c>
       <c r="E28" s="26"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27" t="s">
         <v>144</v>
       </c>
       <c r="N28" s="28"/>
       <c r="O28" s="26" t="s">
@@ -12316,77 +12327,79 @@
       <c r="AA29" s="27" t="s">
         <v>64</v>
       </c>
       <c r="AB29" s="27" t="s">
         <v>65</v>
       </c>
       <c r="AC29" s="27"/>
       <c r="AD29" s="27"/>
       <c r="AE29" s="27"/>
       <c r="AF29" s="27"/>
       <c r="AG29" s="27"/>
       <c r="AH29" s="28"/>
       <c r="AI29" s="103" t="s">
         <v>64</v>
       </c>
       <c r="AJ29" s="54" t="s">
         <v>64</v>
       </c>
       <c r="AK29" s="54" t="s">
         <v>62</v>
       </c>
       <c r="AL29" s="54"/>
       <c r="AM29" s="54"/>
       <c r="AN29" s="54"/>
       <c r="AO29" s="54"/>
-      <c r="AP29" s="27"/>
+      <c r="AP29" s="27" t="s">
+        <v>154</v>
+      </c>
       <c r="AQ29" s="27"/>
       <c r="AR29" s="28"/>
       <c r="AS29" s="26"/>
       <c r="AT29" s="27"/>
       <c r="AU29" s="27"/>
       <c r="AV29" s="27"/>
       <c r="AW29" s="27"/>
       <c r="AX29" s="27"/>
       <c r="AY29" s="27"/>
       <c r="AZ29" s="109"/>
       <c r="BA29" s="27"/>
       <c r="BB29" s="28"/>
       <c r="BC29" s="6"/>
       <c r="BD29" s="8"/>
     </row>
     <row r="30" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="149" t="s">
+      <c r="A30" s="165" t="s">
         <v>22</v>
       </c>
-      <c r="B30" s="139" t="s">
+      <c r="B30" s="156" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="D30" s="147">
+      <c r="D30" s="137">
         <v>208</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="27" t="s">
         <v>64</v>
       </c>
       <c r="G30" s="27" t="s">
         <v>140</v>
       </c>
       <c r="H30" s="27" t="s">
         <v>65</v>
       </c>
       <c r="I30" s="27">
         <v>7</v>
       </c>
       <c r="J30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="K30" s="27" t="s">
         <v>62</v>
       </c>
       <c r="L30" s="27" t="s">
         <v>13</v>
@@ -12445,56 +12458,56 @@
         <v>62</v>
       </c>
       <c r="AT30" s="27">
         <v>5</v>
       </c>
       <c r="AU30" s="27" t="s">
         <v>64</v>
       </c>
       <c r="AV30" s="27" t="s">
         <v>139</v>
       </c>
       <c r="AW30" s="27" t="s">
         <v>140</v>
       </c>
       <c r="AX30" s="27" t="s">
         <v>63</v>
       </c>
       <c r="AY30" s="27"/>
       <c r="AZ30" s="27"/>
       <c r="BA30" s="27"/>
       <c r="BB30" s="28"/>
       <c r="BC30" s="6"/>
       <c r="BD30" s="8"/>
     </row>
     <row r="31" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="150"/>
-      <c r="B31" s="140"/>
+      <c r="A31" s="166"/>
+      <c r="B31" s="157"/>
       <c r="C31" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="148">
+      <c r="D31" s="164">
         <v>105</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="28"/>
       <c r="O31" s="26"/>
       <c r="P31" s="27" t="s">
         <v>65</v>
       </c>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
       <c r="S31" s="27"/>
       <c r="T31" s="27"/>
       <c r="U31" s="27"/>
@@ -13106,51 +13119,51 @@
       <c r="AM37" s="43"/>
       <c r="AN37" s="43"/>
       <c r="AO37" s="43"/>
       <c r="AP37" s="43"/>
       <c r="AQ37" s="42"/>
       <c r="AR37" s="68"/>
       <c r="AS37" s="42"/>
       <c r="AT37" s="43"/>
       <c r="AU37" s="43"/>
       <c r="AV37" s="43"/>
       <c r="AW37" s="43"/>
       <c r="AX37" s="43"/>
       <c r="AY37" s="43"/>
       <c r="AZ37" s="43"/>
       <c r="BA37" s="43"/>
       <c r="BB37" s="44"/>
       <c r="BC37" s="6"/>
       <c r="BD37" s="12"/>
     </row>
     <row r="38" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="36" t="s">
         <v>128</v>
       </c>
       <c r="B38" s="37"/>
       <c r="C38" s="25" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D38" s="28">
         <v>103</v>
       </c>
       <c r="E38" s="26"/>
       <c r="F38" s="27">
         <v>8</v>
       </c>
       <c r="G38" s="27">
         <v>7</v>
       </c>
       <c r="H38" s="27">
         <v>7</v>
       </c>
       <c r="I38" s="27">
         <v>6</v>
       </c>
       <c r="J38" s="27">
         <v>6</v>
       </c>
       <c r="K38" s="27" t="s">
         <v>65</v>
       </c>
       <c r="L38" s="27" t="s">
         <v>65</v>
@@ -13194,51 +13207,51 @@
       <c r="AO38" s="27"/>
       <c r="AP38" s="27"/>
       <c r="AQ38" s="26"/>
       <c r="AR38" s="69"/>
       <c r="AS38" s="26"/>
       <c r="AT38" s="27"/>
       <c r="AU38" s="27"/>
       <c r="AV38" s="27"/>
       <c r="AW38" s="27"/>
       <c r="AX38" s="27"/>
       <c r="AY38" s="27"/>
       <c r="AZ38" s="27"/>
       <c r="BA38" s="27"/>
       <c r="BB38" s="28"/>
       <c r="BC38" s="6"/>
       <c r="BD38" s="8"/>
     </row>
     <row r="39" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="36" t="s">
         <v>3</v>
       </c>
       <c r="B39" s="37" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="25" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D39" s="28">
         <v>111</v>
       </c>
       <c r="E39" s="26"/>
       <c r="F39" s="27">
         <v>8</v>
       </c>
       <c r="G39" s="27">
         <v>7</v>
       </c>
       <c r="H39" s="27">
         <v>7</v>
       </c>
       <c r="I39" s="27">
         <v>6</v>
       </c>
       <c r="J39" s="27">
         <v>6</v>
       </c>
       <c r="K39" s="27" t="s">
         <v>65</v>
       </c>
       <c r="L39" s="27" t="s">
         <v>65</v>
@@ -13287,60 +13300,60 @@
       <c r="AT39" s="27"/>
       <c r="AU39" s="27"/>
       <c r="AV39" s="27"/>
       <c r="AW39" s="27"/>
       <c r="AX39" s="27"/>
       <c r="AY39" s="27"/>
       <c r="AZ39" s="27"/>
       <c r="BA39" s="27"/>
       <c r="BB39" s="28"/>
       <c r="BC39" s="6"/>
       <c r="BD39" s="8"/>
     </row>
     <row r="40" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="36" t="s">
         <v>26</v>
       </c>
       <c r="B40" s="37" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="25" t="s">
         <v>124</v>
       </c>
       <c r="D40" s="28">
         <v>108</v>
       </c>
-      <c r="E40" s="26"/>
+      <c r="E40" s="26">
+        <v>5</v>
+      </c>
       <c r="F40" s="27"/>
       <c r="G40" s="27" t="s">
         <v>139</v>
       </c>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
-      <c r="J40" s="27">
-[...1 lines deleted...]
-      </c>
+      <c r="J40" s="27"/>
       <c r="K40" s="27" t="s">
         <v>63</v>
       </c>
       <c r="L40" s="27"/>
       <c r="M40" s="82" t="s">
         <v>144</v>
       </c>
       <c r="N40" s="69"/>
       <c r="O40" s="26"/>
       <c r="P40" s="27"/>
       <c r="Q40" s="27"/>
       <c r="R40" s="27"/>
       <c r="S40" s="27"/>
       <c r="T40" s="27"/>
       <c r="U40" s="27"/>
       <c r="V40" s="27"/>
       <c r="W40" s="26"/>
       <c r="X40" s="93"/>
       <c r="Y40" s="97" t="s">
         <v>139</v>
       </c>
       <c r="Z40" s="27"/>
       <c r="AA40" s="27">
         <v>6</v>
       </c>
@@ -13356,52 +13369,53 @@
       <c r="AE40" s="27" t="s">
         <v>65</v>
       </c>
       <c r="AF40" s="27"/>
       <c r="AG40" s="82" t="s">
         <v>62</v>
       </c>
       <c r="AH40" s="69"/>
       <c r="AI40" s="97"/>
       <c r="AJ40" s="27"/>
       <c r="AK40" s="27" t="s">
         <v>65</v>
       </c>
       <c r="AL40" s="27">
         <v>5</v>
       </c>
       <c r="AM40" s="27" t="s">
         <v>140</v>
       </c>
       <c r="AN40" s="27">
         <v>6</v>
       </c>
       <c r="AO40" s="27">
         <v>7</v>
       </c>
-      <c r="AP40" s="27"/>
-      <c r="AQ40" s="26"/>
+      <c r="AP40" s="26" t="s">
+        <v>154</v>
+      </c>
       <c r="AR40" s="69"/>
       <c r="AS40" s="26"/>
       <c r="AT40" s="27"/>
       <c r="AU40" s="27" t="s">
         <v>139</v>
       </c>
       <c r="AV40" s="27" t="s">
         <v>63</v>
       </c>
       <c r="AW40" s="27">
         <v>6</v>
       </c>
       <c r="AX40" s="27" t="s">
         <v>140</v>
       </c>
       <c r="AY40" s="27">
         <v>7</v>
       </c>
       <c r="AZ40" s="27"/>
       <c r="BA40" s="27"/>
       <c r="BB40" s="28"/>
       <c r="BC40" s="6"/>
       <c r="BD40" s="8"/>
     </row>
     <row r="41" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
@@ -13543,108 +13557,108 @@
       </c>
       <c r="AQ42" s="48" t="s">
         <v>62</v>
       </c>
       <c r="AR42" s="75"/>
       <c r="AS42" s="48"/>
       <c r="AT42" s="46"/>
       <c r="AU42" s="46"/>
       <c r="AV42" s="46"/>
       <c r="AW42" s="46"/>
       <c r="AX42" s="46"/>
       <c r="AY42" s="46"/>
       <c r="AZ42" s="46"/>
       <c r="BA42" s="46"/>
       <c r="BB42" s="47"/>
       <c r="BC42" s="6"/>
       <c r="BD42" s="8"/>
     </row>
     <row r="43" spans="1:76" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="72" t="s">
         <v>148</v>
       </c>
       <c r="B43" s="73"/>
       <c r="C43" s="74"/>
       <c r="D43" s="47"/>
-      <c r="E43" s="48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="48"/>
       <c r="F43" s="46"/>
       <c r="G43" s="46"/>
       <c r="H43" s="46"/>
       <c r="I43" s="46"/>
-      <c r="J43" s="46"/>
+      <c r="J43" s="46" t="s">
+        <v>153</v>
+      </c>
       <c r="K43" s="46"/>
       <c r="L43" s="46"/>
       <c r="M43" s="48"/>
       <c r="N43" s="75"/>
       <c r="O43" s="48"/>
       <c r="P43" s="46"/>
       <c r="Q43" s="46"/>
       <c r="R43" s="46"/>
       <c r="S43" s="46"/>
       <c r="T43" s="46"/>
       <c r="U43" s="46"/>
       <c r="V43" s="46"/>
       <c r="W43" s="48"/>
       <c r="X43" s="94"/>
       <c r="Y43" s="45"/>
       <c r="Z43" s="46"/>
       <c r="AA43" s="46"/>
       <c r="AB43" s="46"/>
       <c r="AC43" s="46"/>
       <c r="AD43" s="46"/>
       <c r="AE43" s="46"/>
       <c r="AF43" s="46"/>
       <c r="AG43" s="83"/>
       <c r="AH43" s="75"/>
       <c r="AI43" s="45"/>
       <c r="AJ43" s="46"/>
       <c r="AK43" s="46"/>
       <c r="AL43" s="46"/>
       <c r="AM43" s="46"/>
       <c r="AN43" s="46"/>
       <c r="AO43" s="46"/>
       <c r="AP43" s="46"/>
       <c r="AQ43" s="48"/>
       <c r="AR43" s="75"/>
       <c r="AS43" s="48"/>
       <c r="AT43" s="46"/>
       <c r="AU43" s="46"/>
       <c r="AV43" s="46"/>
       <c r="AW43" s="46"/>
       <c r="AX43" s="46"/>
       <c r="AY43" s="46"/>
       <c r="AZ43" s="46"/>
       <c r="BA43" s="46"/>
       <c r="BB43" s="47"/>
       <c r="BC43" s="6"/>
       <c r="BD43" s="8"/>
     </row>
     <row r="44" spans="1:76" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A44" s="76" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B44" s="77"/>
       <c r="C44" s="78"/>
       <c r="D44" s="129"/>
       <c r="E44" s="79"/>
       <c r="F44" s="80"/>
       <c r="G44" s="80"/>
       <c r="H44" s="80"/>
       <c r="I44" s="80"/>
       <c r="J44" s="80"/>
       <c r="K44" s="80"/>
       <c r="L44" s="80"/>
       <c r="M44" s="80"/>
       <c r="N44" s="81"/>
       <c r="O44" s="79"/>
       <c r="P44" s="80"/>
       <c r="Q44" s="80"/>
       <c r="R44" s="80"/>
       <c r="S44" s="80"/>
       <c r="T44" s="80" t="s">
         <v>152</v>
       </c>
       <c r="U44" s="80"/>
       <c r="V44" s="80"/>
       <c r="W44" s="80"/>
@@ -16477,71 +16491,71 @@
       <c r="AH93" s="1"/>
       <c r="AI93" s="1"/>
       <c r="AJ93" s="1"/>
       <c r="AK93" s="1"/>
       <c r="AL93" s="1"/>
       <c r="AM93" s="1"/>
       <c r="AN93" s="1"/>
       <c r="AO93" s="1"/>
       <c r="AP93" s="1"/>
       <c r="AQ93" s="1"/>
       <c r="AR93" s="1"/>
       <c r="AS93" s="1"/>
       <c r="AT93" s="1"/>
       <c r="AU93" s="1"/>
       <c r="AV93" s="1"/>
       <c r="AW93" s="1"/>
       <c r="AX93" s="1"/>
       <c r="AY93" s="1"/>
       <c r="AZ93" s="1"/>
       <c r="BA93" s="1"/>
       <c r="BB93" s="1"/>
       <c r="BC93" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="A6:BB6"/>
+    <mergeCell ref="AL1:AS1"/>
+    <mergeCell ref="AL2:BB2"/>
+    <mergeCell ref="AL3:BB3"/>
+    <mergeCell ref="AL4:AN4"/>
+    <mergeCell ref="A5:BB5"/>
+    <mergeCell ref="BF13:BF14"/>
+    <mergeCell ref="A7:B8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="E7:N7"/>
+    <mergeCell ref="O7:X7"/>
+    <mergeCell ref="Y7:AH7"/>
+    <mergeCell ref="AI7:AR7"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="B30:B31"/>
     <mergeCell ref="D30:D31"/>
     <mergeCell ref="AS7:BB7"/>
     <mergeCell ref="A13:A14"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="D13:D14"/>
-    <mergeCell ref="BF13:BF14"/>
-[...11 lines deleted...]
-    <mergeCell ref="A5:BB5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.43307086614173229" right="0.23622047244094491" top="0.94488188976377963" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="8" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>