--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -9,67 +9,67 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C369C9C2-364E-483F-8AFF-8E6FB3190516}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71A7CD81-68DB-4F30-9C5F-3411771D601B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15510" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2014-2015 m.m. II pusmetis (2)" sheetId="1" r:id="rId1"/>
     <sheet name="2014-2015 m.m. I pusmetis" sheetId="2" r:id="rId2"/>
     <sheet name="Lapas2" sheetId="3" r:id="rId3"/>
     <sheet name="Lapas3" sheetId="4" r:id="rId4"/>
     <sheet name="Lapas1" sheetId="5" r:id="rId5"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="65">
   <si>
     <t xml:space="preserve">PATVIRTINTA </t>
   </si>
   <si>
     <t xml:space="preserve">Kretingos r. Vydmantų gimnazijos </t>
   </si>
   <si>
     <t>KRETINGOS R. VYDMANTŲ GIMNAZIJA</t>
   </si>
   <si>
     <t xml:space="preserve">                      PATVIRTINTA </t>
   </si>
   <si>
     <t>1-4 KLASIŲ TVARKARAŠTIS</t>
   </si>
   <si>
     <t xml:space="preserve">    direktoriaus 2014 rugsėjo 1d. įsakymu Nr. V-69</t>
   </si>
   <si>
     <t>2014-2015 m.m.</t>
   </si>
   <si>
     <t>PIRMADIENIS</t>
   </si>
   <si>
@@ -210,76 +210,70 @@
   <si>
     <t>Fizinis ugd.</t>
   </si>
   <si>
     <t>1a</t>
   </si>
   <si>
     <t>Dorinis ugd.</t>
   </si>
   <si>
     <t xml:space="preserve">Dailė </t>
   </si>
   <si>
     <t>Visuomenis ugd.</t>
   </si>
   <si>
     <t>1b</t>
   </si>
   <si>
     <t xml:space="preserve">Šokis </t>
   </si>
   <si>
     <t>Informacinės techn.</t>
   </si>
   <si>
-    <t>Informacinės techn..</t>
-[...4 lines deleted...]
-  <si>
     <t>Muzika.</t>
   </si>
   <si>
     <t>Fizinis ugdymas</t>
   </si>
   <si>
     <t xml:space="preserve">   2025 m. rugsėjo 1 d. įsakymu Nr. V-82</t>
   </si>
   <si>
-    <t>2025-2026 m.m.</t>
+    <t>2025-2026 m. m.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ [$Lt-427]"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -301,102 +295,108 @@
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="30">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
@@ -429,353 +429,69 @@
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...267 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...14 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -803,201 +519,97 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="5"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="8"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="7"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="7"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
-[...65 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1268,994 +880,994 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N1009"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A24" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="17.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
-    <col min="2" max="2" width="19.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="20.5703125" customWidth="1"/>
+    <col min="2" max="2" width="20.140625" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" customWidth="1"/>
+    <col min="4" max="4" width="22.140625" customWidth="1"/>
+    <col min="5" max="5" width="23.85546875" customWidth="1"/>
+    <col min="6" max="6" width="22.85546875" customWidth="1"/>
     <col min="7" max="25" width="8" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
-      <c r="D1" s="35" t="s">
+      <c r="D1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="35"/>
-      <c r="F1" s="35"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
-      <c r="D2" s="35" t="s">
+      <c r="D2" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="E2" s="34"/>
-      <c r="F2" s="34"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
-      <c r="D3" s="59" t="s">
-[...4 lines deleted...]
-      <c r="G3" s="60"/>
+      <c r="D3" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E3" s="37"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
       <c r="H3" s="2"/>
     </row>
     <row r="4" spans="1:8" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
     </row>
-    <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:8" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
-      <c r="B6" s="57" t="s">
+      <c r="B6" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="58"/>
-[...2 lines deleted...]
-      <c r="F6" s="58"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="35"/>
+      <c r="F6" s="35"/>
     </row>
     <row r="7" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
-      <c r="D8" s="3" t="s">
-        <v>66</v>
+      <c r="D8" s="46" t="s">
+        <v>64</v>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
     </row>
-    <row r="9" spans="1:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="6"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
     </row>
-    <row r="10" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="86" t="s">
+    <row r="10" spans="1:8" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A10" s="40" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="87" t="s">
+      <c r="B10" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="87" t="s">
+      <c r="C10" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="87" t="s">
+      <c r="D10" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="E10" s="87" t="s">
+      <c r="E10" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F10" s="88" t="s">
+      <c r="F10" s="39" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="62">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="44">
         <v>1</v>
       </c>
-      <c r="B11" s="63" t="s">
+      <c r="B11" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="C11" s="64" t="s">
+      <c r="C11" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="65" t="s">
+      <c r="D11" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="E11" s="66" t="s">
+      <c r="E11" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="F11" s="67" t="s">
+      <c r="F11" s="41" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A12" s="32">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="44">
         <v>2</v>
       </c>
-      <c r="B12" s="37" t="s">
+      <c r="B12" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="38" t="s">
+      <c r="C12" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="39" t="s">
+      <c r="D12" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="E12" s="51" t="s">
+      <c r="E12" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="F12" s="42" t="s">
+      <c r="F12" s="43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="32">
+      <c r="A13" s="44">
         <v>3</v>
       </c>
-      <c r="B13" s="37" t="s">
+      <c r="B13" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="38" t="s">
+      <c r="C13" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="D13" s="39" t="s">
+      <c r="D13" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="E13" s="39" t="s">
+      <c r="E13" s="41" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="41" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A14" s="32">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="44">
         <v>4</v>
       </c>
-      <c r="B14" s="37" t="s">
+      <c r="B14" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="38" t="s">
+      <c r="C14" s="42" t="s">
         <v>23</v>
       </c>
-      <c r="D14" s="39" t="s">
+      <c r="D14" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="E14" s="40" t="s">
+      <c r="E14" s="47" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="41" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="36">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="44">
         <v>5</v>
       </c>
-      <c r="B15" s="68" t="s">
+      <c r="B15" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="C15" s="69" t="s">
+      <c r="C15" s="42" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="69"/>
-      <c r="E15" s="69" t="s">
+      <c r="D15" s="42" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" s="42" t="s">
         <v>32</v>
       </c>
-      <c r="F15" s="70"/>
-[...2 lines deleted...]
-      <c r="A16" s="89" t="s">
+      <c r="F15" s="42"/>
+    </row>
+    <row r="16" spans="1:8" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A16" s="40" t="s">
         <v>58</v>
       </c>
-      <c r="B16" s="87" t="s">
+      <c r="B16" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="C16" s="87" t="s">
+      <c r="C16" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="D16" s="87" t="s">
+      <c r="D16" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="E16" s="87" t="s">
+      <c r="E16" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F16" s="88" t="s">
+      <c r="F16" s="39" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="17" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="71">
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="44">
         <v>1</v>
       </c>
-      <c r="B17" s="72" t="s">
+      <c r="B17" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="C17" s="73" t="s">
+      <c r="C17" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="D17" s="73" t="s">
+      <c r="D17" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="E17" s="73" t="s">
+      <c r="E17" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="F17" s="74" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="31">
+      <c r="F17" s="41" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="44">
         <v>2</v>
       </c>
-      <c r="B18" s="55" t="s">
+      <c r="B18" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="51" t="s">
+      <c r="C18" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="D18" s="51" t="s">
+      <c r="D18" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="E18" s="51" t="s">
+      <c r="E18" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="F18" s="53" t="s">
+      <c r="F18" s="41" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="29"/>
     </row>
-    <row r="19" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A19" s="31">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="44">
         <v>3</v>
       </c>
-      <c r="B19" s="55" t="s">
+      <c r="B19" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="51" t="s">
+      <c r="C19" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="D19" s="51" t="s">
+      <c r="D19" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="E19" s="51" t="s">
+      <c r="E19" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="F19" s="53" t="s">
+      <c r="F19" s="41" t="s">
         <v>14</v>
       </c>
       <c r="N19" s="30"/>
     </row>
-    <row r="20" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A20" s="31">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="44">
         <v>4</v>
       </c>
-      <c r="B20" s="56" t="s">
+      <c r="B20" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="C20" s="51" t="s">
+      <c r="C20" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="D20" s="51" t="s">
+      <c r="D20" s="41" t="s">
         <v>59</v>
       </c>
-      <c r="E20" s="51" t="s">
+      <c r="E20" s="41" t="s">
         <v>52</v>
       </c>
-      <c r="F20" s="53" t="s">
+      <c r="F20" s="41" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="21" spans="1:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="50">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="44">
         <v>5</v>
       </c>
-      <c r="B21" s="56" t="s">
+      <c r="B21" s="41" t="s">
         <v>20</v>
       </c>
-      <c r="C21" s="75" t="s">
+      <c r="C21" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="D21" s="75" t="s">
+      <c r="D21" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="75" t="s">
+      <c r="E21" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="F21" s="76"/>
-[...2 lines deleted...]
-      <c r="A22" s="90">
+      <c r="F21" s="41"/>
+    </row>
+    <row r="22" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="40">
         <v>2</v>
       </c>
-      <c r="B22" s="87" t="s">
+      <c r="B22" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="87" t="s">
+      <c r="C22" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="D22" s="87" t="s">
+      <c r="D22" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="E22" s="87" t="s">
+      <c r="E22" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F22" s="88" t="s">
+      <c r="F22" s="39" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A23" s="62">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A23" s="44">
         <v>1</v>
       </c>
-      <c r="B23" s="77" t="s">
+      <c r="B23" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="66" t="s">
+      <c r="C23" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="D23" s="66" t="s">
+      <c r="D23" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E23" s="66" t="s">
+      <c r="E23" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="F23" s="78" t="s">
+      <c r="F23" s="47" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A24" s="32">
+    <row r="24" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A24" s="44">
         <v>2</v>
       </c>
-      <c r="B24" s="43" t="s">
+      <c r="B24" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C24" s="40" t="s">
+      <c r="C24" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="D24" s="40" t="s">
+      <c r="D24" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="E24" s="40" t="s">
+      <c r="E24" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="F24" s="44" t="s">
+      <c r="F24" s="47" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A25" s="32">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A25" s="44">
         <v>3</v>
       </c>
-      <c r="B25" s="43" t="s">
+      <c r="B25" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C25" s="40" t="s">
+      <c r="C25" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="D25" s="40" t="s">
+      <c r="D25" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="E25" s="40" t="s">
+      <c r="E25" s="47" t="s">
         <v>52</v>
       </c>
-      <c r="F25" s="44" t="s">
+      <c r="F25" s="47" t="s">
         <v>53</v>
       </c>
       <c r="G25" s="1"/>
     </row>
-    <row r="26" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A26" s="32">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A26" s="44">
         <v>4</v>
       </c>
-      <c r="B26" s="43" t="s">
+      <c r="B26" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="C26" s="40" t="s">
+      <c r="C26" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D26" s="40" t="s">
+      <c r="D26" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E26" s="40" t="s">
+      <c r="E26" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="F26" s="44" t="s">
+      <c r="F26" s="47" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A27" s="36">
+    <row r="27" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A27" s="44">
         <v>5</v>
       </c>
-      <c r="B27" s="43" t="s">
+      <c r="B27" s="47" t="s">
         <v>50</v>
       </c>
-      <c r="C27" s="40" t="s">
+      <c r="C27" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="D27" s="40" t="s">
+      <c r="D27" s="47" t="s">
         <v>51</v>
       </c>
-      <c r="E27" s="40" t="s">
+      <c r="E27" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="F27" s="44" t="s">
+      <c r="F27" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="79">
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" s="44">
         <v>6</v>
       </c>
-      <c r="B28" s="80" t="s">
-[...3 lines deleted...]
-      <c r="D28" s="46" t="s">
+      <c r="B28" s="47" t="s">
         <v>60</v>
       </c>
-      <c r="E28" s="46"/>
-      <c r="F28" s="76" t="s">
+      <c r="C28" s="47"/>
+      <c r="D28" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="E28" s="47"/>
+      <c r="F28" s="41" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="29" spans="1:14" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="90">
+    <row r="29" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A29" s="40">
         <v>3</v>
       </c>
-      <c r="B29" s="87" t="s">
+      <c r="B29" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="C29" s="87" t="s">
+      <c r="C29" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="D29" s="87" t="s">
+      <c r="D29" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="E29" s="87" t="s">
+      <c r="E29" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F29" s="88" t="s">
+      <c r="F29" s="39" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="30" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A30" s="62">
+    <row r="30" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A30" s="44">
         <v>1</v>
       </c>
-      <c r="B30" s="77" t="s">
+      <c r="B30" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="66" t="s">
+      <c r="C30" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="D30" s="66" t="s">
+      <c r="D30" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="E30" s="66" t="s">
+      <c r="E30" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="F30" s="78" t="s">
+      <c r="F30" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="31" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A31" s="32">
+    <row r="31" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A31" s="44">
         <v>2</v>
       </c>
-      <c r="B31" s="43" t="s">
+      <c r="B31" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="C31" s="40" t="s">
+      <c r="C31" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="D31" s="40" t="s">
+      <c r="D31" s="47" t="s">
         <v>29</v>
       </c>
-      <c r="E31" s="40" t="s">
+      <c r="E31" s="47" t="s">
         <v>30</v>
       </c>
-      <c r="F31" s="44" t="s">
+      <c r="F31" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="32" spans="1:14" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A32" s="32">
+    <row r="32" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A32" s="44">
         <v>3</v>
       </c>
-      <c r="B32" s="43" t="s">
+      <c r="B32" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="40" t="s">
+      <c r="C32" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D32" s="40" t="s">
+      <c r="D32" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="40" t="s">
+      <c r="E32" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="F32" s="44" t="s">
+      <c r="F32" s="47" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A33" s="32">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="44">
         <v>4</v>
       </c>
-      <c r="B33" s="43" t="s">
+      <c r="B33" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="40" t="s">
+      <c r="C33" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="D33" s="40" t="s">
+      <c r="D33" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="E33" s="40" t="s">
+      <c r="E33" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="F33" s="44" t="s">
+      <c r="F33" s="47" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A34" s="36">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="44">
         <v>5</v>
       </c>
-      <c r="B34" s="45" t="s">
+      <c r="B34" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="46" t="s">
+      <c r="C34" s="47" t="s">
         <v>49</v>
       </c>
-      <c r="D34" s="46" t="s">
+      <c r="D34" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="E34" s="46" t="s">
+      <c r="E34" s="47" t="s">
         <v>48</v>
       </c>
       <c r="F34" s="47" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="35" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="36">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="44">
         <v>6</v>
       </c>
-      <c r="B35" s="45"/>
-[...1 lines deleted...]
-      <c r="D35" s="46" t="s">
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47" t="s">
         <v>51</v>
       </c>
-      <c r="E35" s="46" t="s">
+      <c r="E35" s="47" t="s">
         <v>32</v>
       </c>
       <c r="F35" s="47"/>
     </row>
-    <row r="36" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="91" t="s">
+    <row r="36" spans="1:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="45" t="s">
         <v>36</v>
       </c>
-      <c r="B36" s="92" t="s">
+      <c r="B36" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="C36" s="92" t="s">
+      <c r="C36" s="45" t="s">
         <v>8</v>
       </c>
-      <c r="D36" s="92" t="s">
+      <c r="D36" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="E36" s="92" t="s">
+      <c r="E36" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="F36" s="93" t="s">
+      <c r="F36" s="45" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A37" s="81">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="44">
         <v>1</v>
       </c>
-      <c r="B37" s="82" t="s">
+      <c r="B37" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="83" t="s">
+      <c r="C37" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D37" s="83" t="s">
+      <c r="D37" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="E37" s="83" t="s">
+      <c r="E37" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="F37" s="84" t="s">
+      <c r="F37" s="47" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A38" s="36">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" s="44">
         <v>2</v>
       </c>
-      <c r="B38" s="45" t="s">
+      <c r="B38" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C38" s="46" t="s">
+      <c r="C38" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="46" t="s">
+      <c r="D38" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="E38" s="46" t="s">
+      <c r="E38" s="47" t="s">
         <v>53</v>
       </c>
       <c r="F38" s="47" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A39" s="36">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="44">
         <v>3</v>
       </c>
-      <c r="B39" s="45" t="s">
+      <c r="B39" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C39" s="46" t="s">
+      <c r="C39" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="D39" s="46" t="s">
+      <c r="D39" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="E39" s="46" t="s">
+      <c r="E39" s="47" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="47" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A40" s="36">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" s="44">
         <v>4</v>
       </c>
-      <c r="B40" s="45" t="s">
+      <c r="B40" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C40" s="46" t="s">
+      <c r="C40" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="D40" s="46" t="s">
+      <c r="D40" s="47" t="s">
         <v>15</v>
       </c>
-      <c r="E40" s="46" t="s">
+      <c r="E40" s="47" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A41" s="36">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" s="44">
         <v>5</v>
       </c>
-      <c r="B41" s="45" t="s">
+      <c r="B41" s="47" t="s">
         <v>32</v>
       </c>
-      <c r="C41" s="46" t="s">
+      <c r="C41" s="47" t="s">
         <v>60</v>
       </c>
-      <c r="D41" s="46" t="s">
+      <c r="D41" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E41" s="46" t="s">
+      <c r="E41" s="47" t="s">
         <v>49</v>
       </c>
       <c r="F41" s="47" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="36">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="44">
         <v>6</v>
       </c>
-      <c r="B42" s="85"/>
-[...1 lines deleted...]
-      <c r="D42" s="46" t="s">
+      <c r="B42" s="47"/>
+      <c r="C42" s="47"/>
+      <c r="D42" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="E42" s="46" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="76" t="s">
+      <c r="E42" s="47"/>
+      <c r="F42" s="41" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="91" t="s">
+    <row r="43" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="B43" s="92" t="s">
+      <c r="B43" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="C43" s="92" t="s">
+      <c r="C43" s="45" t="s">
         <v>8</v>
       </c>
-      <c r="D43" s="92" t="s">
+      <c r="D43" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="E43" s="92" t="s">
+      <c r="E43" s="45" t="s">
         <v>10</v>
       </c>
-      <c r="F43" s="93" t="s">
+      <c r="F43" s="45" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A44" s="81">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="44">
         <v>1</v>
       </c>
-      <c r="B44" s="82" t="s">
+      <c r="B44" s="47" t="s">
         <v>32</v>
       </c>
-      <c r="C44" s="83" t="s">
+      <c r="C44" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="D44" s="83" t="s">
+      <c r="D44" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="E44" s="83" t="s">
+      <c r="E44" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="F44" s="84" t="s">
+      <c r="F44" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A45" s="36">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" s="44">
         <v>2</v>
       </c>
-      <c r="B45" s="45" t="s">
+      <c r="B45" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C45" s="46" t="s">
+      <c r="C45" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="D45" s="46" t="s">
+      <c r="D45" s="47" t="s">
         <v>53</v>
       </c>
-      <c r="E45" s="46" t="s">
+      <c r="E45" s="47" t="s">
         <v>53</v>
       </c>
       <c r="F45" s="47" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A46" s="36">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="44">
         <v>3</v>
       </c>
-      <c r="B46" s="45" t="s">
+      <c r="B46" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C46" s="46" t="s">
+      <c r="C46" s="47" t="s">
         <v>29</v>
       </c>
-      <c r="D46" s="46" t="s">
+      <c r="D46" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="E46" s="46" t="s">
+      <c r="E46" s="47" t="s">
         <v>47</v>
       </c>
       <c r="F46" s="47" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A47" s="36">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="44">
         <v>4</v>
       </c>
-      <c r="B47" s="45" t="s">
+      <c r="B47" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C47" s="46" t="s">
+      <c r="C47" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="D47" s="46" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="46" t="s">
+      <c r="D47" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="E47" s="47" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="47" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A48" s="36">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="44">
         <v>5</v>
       </c>
-      <c r="B48" s="45" t="s">
+      <c r="B48" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C48" s="46" t="s">
+      <c r="C48" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="D48" s="46" t="s">
+      <c r="D48" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="E48" s="46" t="s">
+      <c r="E48" s="47" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="47" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="33">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="44">
         <v>6</v>
       </c>
-      <c r="B49" s="48"/>
-[...2 lines deleted...]
-      <c r="E49" s="49" t="s">
+      <c r="B49" s="47"/>
+      <c r="C49" s="47"/>
+      <c r="D49" s="47"/>
+      <c r="E49" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="F49" s="54" t="s">
+      <c r="F49" s="41" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F50" s="52"/>
+    <row r="50" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="48"/>
+      <c r="B50" s="49"/>
+      <c r="C50" s="49"/>
+      <c r="D50" s="49"/>
+      <c r="E50" s="49"/>
+      <c r="F50" s="49"/>
     </row>
     <row r="51" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="1"/>
-      <c r="B51" s="52"/>
-[...3 lines deleted...]
-      <c r="F51" s="52"/>
+      <c r="B51" s="33"/>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
+      <c r="F51" s="33"/>
     </row>
     <row r="52" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="1"/>
-      <c r="B52" s="52"/>
-[...3 lines deleted...]
-      <c r="F52" s="52"/>
+      <c r="B52" s="33"/>
+      <c r="C52" s="33"/>
+      <c r="D52" s="33"/>
+      <c r="E52" s="33"/>
+      <c r="F52" s="33"/>
     </row>
     <row r="53" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="1"/>
-      <c r="B53" s="52"/>
-[...3 lines deleted...]
-      <c r="F53" s="52"/>
+      <c r="B53" s="33"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="33"/>
+      <c r="E53" s="33"/>
+      <c r="F53" s="33"/>
     </row>
     <row r="54" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
-      <c r="B54" s="52"/>
-[...3 lines deleted...]
-      <c r="F54" s="52"/>
+      <c r="B54" s="33"/>
+      <c r="C54" s="33"/>
+      <c r="D54" s="33"/>
+      <c r="E54" s="33"/>
+      <c r="F54" s="33"/>
     </row>
     <row r="55" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="1"/>
-      <c r="B55" s="52"/>
-[...3 lines deleted...]
-      <c r="F55" s="52"/>
+      <c r="B55" s="33"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="33"/>
+      <c r="F55" s="33"/>
     </row>
     <row r="56" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="1"/>
-      <c r="B56" s="52"/>
-[...3 lines deleted...]
-      <c r="F56" s="52"/>
+      <c r="B56" s="33"/>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="33"/>
     </row>
     <row r="57" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
-      <c r="B57" s="52"/>
-[...3 lines deleted...]
-      <c r="F57" s="52"/>
+      <c r="B57" s="33"/>
+      <c r="C57" s="33"/>
+      <c r="D57" s="33"/>
+      <c r="E57" s="33"/>
+      <c r="F57" s="33"/>
     </row>
     <row r="58" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
     </row>
     <row r="59" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
     </row>
     <row r="60" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="1"/>
       <c r="B60" s="1"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
     </row>
@@ -9879,99 +9491,99 @@
     <col min="2" max="2" width="4" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" customWidth="1"/>
     <col min="8" max="26" width="8" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
-      <c r="E2" s="61" t="s">
+      <c r="E2" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="58"/>
-      <c r="G2" s="58"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
-      <c r="E3" s="61" t="s">
+      <c r="E3" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="58"/>
-[...1 lines deleted...]
-      <c r="H3" s="58"/>
+      <c r="F3" s="35"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="35"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
     </row>
     <row r="5" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="1:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
-      <c r="C6" s="57" t="s">
+      <c r="C6" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="D6" s="58"/>
-[...2 lines deleted...]
-      <c r="G6" s="58"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="35"/>
+      <c r="F6" s="35"/>
+      <c r="G6" s="35"/>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
     </row>
     <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
     </row>
     <row r="9" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>